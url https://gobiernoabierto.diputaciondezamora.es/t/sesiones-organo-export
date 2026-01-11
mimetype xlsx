--- v0 (2025-11-26)
+++ v1 (2026-01-11)
@@ -12,113 +12,137 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="395">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="403">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>organo</t>
   </si>
   <si>
     <t>sesion</t>
   </si>
   <si>
     <t>convocatoria_pdf_id</t>
   </si>
   <si>
     <t>convocatoria_open_id</t>
   </si>
   <si>
     <t>acta_pdf_id</t>
   </si>
   <si>
     <t>acta_open_id</t>
   </si>
   <si>
     <t>acuerdos_pdf_id</t>
   </si>
   <si>
     <t>acuerdos_open_id</t>
   </si>
   <si>
     <t>videoacta_pdf_id</t>
   </si>
   <si>
     <t>videoacta_open_id</t>
   </si>
   <si>
     <t>enlance_exterior</t>
   </si>
   <si>
     <t>nota_prensa</t>
   </si>
   <si>
     <t>years</t>
   </si>
   <si>
+    <t>09-01-2026</t>
+  </si>
+  <si>
+    <t>Pleno</t>
+  </si>
+  <si>
+    <t>Ordinaria</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.diputaciondezamora.es/storage/uploads/1767970766extractos acuerdo de pleno.pdf</t>
+  </si>
+  <si>
+    <t>12-12-2025</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.diputaciondezamora.es/storage/uploads/1766751061EXTRACTOS DE LOS ACUERDOS DE PLENO  DE SESIÓN ORDINARIA DE 12 DE DICIEMBRE DE 2025.pdf</t>
+  </si>
+  <si>
+    <t>10-12-2025</t>
+  </si>
+  <si>
+    <t>Junta de Gobierno</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.diputaciondezamora.es/storage/uploads/1766750984EXTRACTOS DE LOS ACUERDOS DE JUNTA DE GOBIERNO 10  DE DICIEMBRE 2025.pdf</t>
+  </si>
+  <si>
+    <t>21-11-2025</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.diputaciondezamora.es/storage/uploads/176467861720251124_Acuerdo_Acuerdo del Pleno_EXTRACTOS PLENO SESIÓN ORDINARIA DE 21 DE NOVIEMBRE DE 2025.pdf</t>
+  </si>
+  <si>
     <t>12-11-2025</t>
   </si>
   <si>
-    <t>Junta de Gobierno</t>
-[...4 lines deleted...]
-  <si>
     <t>https://gobiernoabierto.diputaciondezamora.es/storage/uploads/176364565620251114_Acuerdo_Acuerdo de Junta de Gobierno_EXTRACTOS DE JUNTA DE GOBIERNO 12  DE NOVIEMBRE 2025 (1).pdf</t>
   </si>
   <si>
     <t>03-10-2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>Pleno</t>
   </si>
   <si>
     <t>Sesión ordinaria</t>
   </si>
   <si>
     <t>https://gobiernoabierto.diputaciondezamora.es/storage/uploads/176060333920251003_Acuerdo_Acuerdo del Pleno_EXTRACTOS DE PLENO SESIÓN ORDINARIA DE 3 DE OCTUBRE DE 2025.pdf</t>
   </si>
   <si>
     <t>19-09-2025</t>
   </si>
   <si>
     <t>https://gobiernoabierto.diputaciondezamora.es/storage/uploads/175852722420250922_Acuerdo_Acuerdo de Junta de Gobierno_EXTRACTOS DE LOS ACUERDOS DE PLENO SESIÓN ORDINARIA DE 19 DE SEPTIEMBRE DE 2025.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.diputaciondezamora.es/storage/uploads/175913081520250922_Acuerdo_Acuerdo de Junta de Gobierno_EXTRACTOS DE LOS ACUERDOS DE PLENO SESIÓN ORDINARIA DE 19 DE SEPTIEMBRE DE 2025 (1).pdf</t>
   </si>
   <si>
     <t>10-09-2025</t>
   </si>
   <si>
     <t>https://gobiernoabierto.diputaciondezamora.es/storage/uploads/175767859420250910_Acuerdo_Acuerdo de Junta de Gobierno_EXTRACTOS JUNTA DE GOBIERNO 10 DE SEPTIEMBRE 2025.pdf</t>
   </si>
   <si>
     <t>27-08-2025</t>
   </si>
@@ -1575,51 +1599,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z140"/>
+  <dimension ref="A1:Z145"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="222" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="229" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="242" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="235" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="102" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
@@ -1660,3086 +1684,3183 @@
         <v>11</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>13</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>14</v>
       </c>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>6642</v>
+        <v>6842</v>
       </c>
       <c r="B2" t="s">
         <v>15</v>
       </c>
       <c r="C2" t="s">
         <v>16</v>
       </c>
       <c r="D2" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>18</v>
       </c>
       <c r="O2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>6518</v>
+        <v>6782</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="O3">
         <v>2025</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>6425</v>
+        <v>6781</v>
       </c>
       <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>17</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
-      </c>
-[...7 lines deleted...]
-        <v>24</v>
       </c>
       <c r="O4">
         <v>2025</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>6436</v>
+        <v>6715</v>
       </c>
       <c r="B5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
-      <c r="I5" t="s">
+      <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="O5">
         <v>2025</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>6395</v>
+        <v>6714</v>
       </c>
       <c r="B6" t="s">
         <v>26</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="O6">
         <v>2025</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>6377</v>
+        <v>6642</v>
       </c>
       <c r="B7" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>17</v>
       </c>
-      <c r="I7" t="s">
-        <v>29</v>
+      <c r="E7" t="s">
+        <v>27</v>
       </c>
       <c r="O7">
         <v>2025</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>6360</v>
+        <v>6518</v>
       </c>
       <c r="B8" t="s">
+        <v>28</v>
+      </c>
+      <c r="C8" t="s">
+        <v>16</v>
+      </c>
+      <c r="D8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I8" t="s">
         <v>30</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
       <c r="O8">
         <v>2025</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>6361</v>
+        <v>6425</v>
       </c>
       <c r="B9" t="s">
+        <v>31</v>
+      </c>
+      <c r="C9" t="s">
+        <v>16</v>
+      </c>
+      <c r="D9" t="s">
+        <v>17</v>
+      </c>
+      <c r="I9" t="s">
         <v>32</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
       <c r="O9">
         <v>2025</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>6311</v>
+        <v>6436</v>
       </c>
       <c r="B10" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="C10" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D10" t="s">
         <v>17</v>
       </c>
       <c r="I10" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="O10">
         <v>2025</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>6310</v>
+        <v>6395</v>
       </c>
       <c r="B11" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C11" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D11" t="s">
         <v>17</v>
       </c>
       <c r="I11" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="O11">
         <v>2025</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>5859</v>
+        <v>6377</v>
       </c>
       <c r="B12" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C12" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D12" t="s">
         <v>17</v>
       </c>
-      <c r="E12" t="s">
-        <v>39</v>
+      <c r="I12" t="s">
+        <v>37</v>
       </c>
       <c r="O12">
         <v>2025</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="1">
-        <v>5830</v>
+        <v>6360</v>
       </c>
       <c r="B13" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C13" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D13" t="s">
         <v>17</v>
       </c>
       <c r="I13" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="O13">
         <v>2025</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="1">
-        <v>5743</v>
+        <v>6361</v>
       </c>
       <c r="B14" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C14" t="s">
         <v>16</v>
       </c>
       <c r="D14" t="s">
         <v>17</v>
       </c>
-      <c r="G14" t="s">
-        <v>43</v>
+      <c r="I14" t="s">
+        <v>41</v>
       </c>
       <c r="O14">
         <v>2025</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="1">
-        <v>5829</v>
+        <v>6311</v>
       </c>
       <c r="B15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C15" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D15" t="s">
         <v>17</v>
       </c>
       <c r="I15" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="O15">
         <v>2025</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="1">
-        <v>5744</v>
+        <v>6310</v>
       </c>
       <c r="B16" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C16" t="s">
         <v>16</v>
       </c>
       <c r="D16" t="s">
         <v>17</v>
       </c>
-      <c r="G16" t="s">
-        <v>47</v>
+      <c r="I16" t="s">
+        <v>45</v>
       </c>
       <c r="O16">
         <v>2025</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="1">
-        <v>5567</v>
+        <v>5859</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C17" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D17" t="s">
         <v>17</v>
       </c>
-      <c r="I17" t="s">
-        <v>49</v>
+      <c r="E17" t="s">
+        <v>47</v>
       </c>
       <c r="O17">
         <v>2025</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="1">
-        <v>5566</v>
+        <v>5830</v>
       </c>
       <c r="B18" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C18" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D18" t="s">
         <v>17</v>
       </c>
       <c r="I18" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="O18">
         <v>2025</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="1">
-        <v>5484</v>
+        <v>5743</v>
       </c>
       <c r="B19" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C19" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D19" t="s">
         <v>17</v>
       </c>
       <c r="G19" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="O19">
         <v>2025</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="1">
-        <v>5288</v>
+        <v>5829</v>
       </c>
       <c r="B20" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C20" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D20" t="s">
         <v>17</v>
       </c>
-      <c r="G20" t="s">
-        <v>55</v>
+      <c r="I20" t="s">
+        <v>53</v>
       </c>
       <c r="O20">
         <v>2025</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="1">
-        <v>5034</v>
+        <v>5744</v>
       </c>
       <c r="B21" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C21" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D21" t="s">
         <v>17</v>
       </c>
-      <c r="I21" t="s">
-        <v>57</v>
+      <c r="G21" t="s">
+        <v>55</v>
       </c>
       <c r="O21">
         <v>2025</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="1">
-        <v>5033</v>
+        <v>5567</v>
       </c>
       <c r="B22" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C22" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D22" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="I22" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="O22">
         <v>2025</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="1">
-        <v>4936</v>
+        <v>5566</v>
       </c>
       <c r="B23" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="C23" t="s">
         <v>16</v>
       </c>
       <c r="D23" t="s">
         <v>17</v>
       </c>
       <c r="I23" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="O23">
         <v>2025</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="1">
-        <v>4935</v>
+        <v>5484</v>
       </c>
       <c r="B24" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C24" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D24" t="s">
         <v>17</v>
       </c>
-      <c r="I24" t="s">
-        <v>64</v>
+      <c r="G24" t="s">
+        <v>61</v>
       </c>
       <c r="O24">
         <v>2025</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="1">
-        <v>4934</v>
+        <v>5288</v>
       </c>
       <c r="B25" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="C25" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D25" t="s">
         <v>17</v>
       </c>
-      <c r="I25" t="s">
-        <v>66</v>
+      <c r="G25" t="s">
+        <v>63</v>
       </c>
       <c r="O25">
         <v>2025</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="1">
-        <v>4647</v>
+        <v>5034</v>
       </c>
       <c r="B26" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="C26" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D26" t="s">
         <v>17</v>
       </c>
       <c r="I26" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="O26">
         <v>2025</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="1">
-        <v>4428</v>
+        <v>5033</v>
       </c>
       <c r="B27" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C27" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>67</v>
+      </c>
+      <c r="I27" t="s">
+        <v>68</v>
       </c>
       <c r="O27">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="1">
-        <v>4241</v>
+        <v>4936</v>
       </c>
       <c r="B28" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C28" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D28" t="s">
         <v>17</v>
       </c>
-      <c r="E28" t="s">
-        <v>72</v>
+      <c r="I28" t="s">
+        <v>70</v>
       </c>
       <c r="O28">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="1">
-        <v>4121</v>
+        <v>4935</v>
       </c>
       <c r="B29" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C29" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D29" t="s">
         <v>17</v>
       </c>
       <c r="I29" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="O29">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="1">
-        <v>4140</v>
+        <v>4934</v>
       </c>
       <c r="B30" t="s">
         <v>73</v>
       </c>
       <c r="C30" t="s">
         <v>16</v>
       </c>
       <c r="D30" t="s">
         <v>17</v>
       </c>
-      <c r="E30" t="s">
-        <v>75</v>
+      <c r="I30" t="s">
+        <v>74</v>
       </c>
       <c r="O30">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="1">
-        <v>4120</v>
+        <v>4647</v>
       </c>
       <c r="B31" t="s">
+        <v>75</v>
+      </c>
+      <c r="C31" t="s">
+        <v>16</v>
+      </c>
+      <c r="D31" t="s">
+        <v>17</v>
+      </c>
+      <c r="I31" t="s">
         <v>76</v>
       </c>
-      <c r="C31" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O31">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="1">
-        <v>4108</v>
+        <v>4428</v>
       </c>
       <c r="B32" t="s">
+        <v>77</v>
+      </c>
+      <c r="C32" t="s">
+        <v>16</v>
+      </c>
+      <c r="D32" t="s">
+        <v>17</v>
+      </c>
+      <c r="E32" t="s">
         <v>78</v>
-      </c>
-[...7 lines deleted...]
-        <v>80</v>
       </c>
       <c r="O32">
         <v>2024</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="1">
-        <v>4078</v>
+        <v>4241</v>
       </c>
       <c r="B33" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C33" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D33" t="s">
         <v>17</v>
       </c>
-      <c r="I33" t="s">
-        <v>82</v>
+      <c r="E33" t="s">
+        <v>80</v>
       </c>
       <c r="O33">
         <v>2024</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="1">
-        <v>4079</v>
+        <v>4121</v>
       </c>
       <c r="B34" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C34" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D34" t="s">
         <v>17</v>
       </c>
       <c r="I34" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="O34">
         <v>2024</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="1">
-        <v>3717</v>
+        <v>4140</v>
       </c>
       <c r="B35" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C35" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D35" t="s">
         <v>17</v>
       </c>
       <c r="E35" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="O35">
         <v>2024</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="1">
-        <v>3542</v>
+        <v>4120</v>
       </c>
       <c r="B36" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="C36" t="s">
         <v>16</v>
       </c>
       <c r="D36" t="s">
         <v>17</v>
       </c>
       <c r="I36" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="O36">
         <v>2024</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="1">
-        <v>3543</v>
+        <v>4108</v>
       </c>
       <c r="B37" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="C37" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D37" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="I37" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="O37">
         <v>2024</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="1">
-        <v>3521</v>
+        <v>4078</v>
       </c>
       <c r="B38" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C38" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D38" t="s">
         <v>17</v>
       </c>
-      <c r="G38" t="s">
-        <v>92</v>
+      <c r="I38" t="s">
+        <v>90</v>
       </c>
       <c r="O38">
         <v>2024</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="1">
-        <v>3522</v>
+        <v>4079</v>
       </c>
       <c r="B39" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C39" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D39" t="s">
         <v>17</v>
       </c>
       <c r="I39" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="O39">
         <v>2024</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="1">
-        <v>2925</v>
+        <v>3717</v>
       </c>
       <c r="B40" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C40" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D40" t="s">
         <v>17</v>
       </c>
-      <c r="I40" t="s">
-        <v>96</v>
+      <c r="E40" t="s">
+        <v>94</v>
       </c>
       <c r="O40">
         <v>2024</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="1">
-        <v>2924</v>
+        <v>3542</v>
       </c>
       <c r="B41" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C41" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D41" t="s">
         <v>17</v>
       </c>
       <c r="I41" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="O41">
         <v>2024</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="1">
-        <v>2870</v>
+        <v>3543</v>
       </c>
       <c r="B42" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C42" t="s">
         <v>16</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>87</v>
       </c>
       <c r="I42" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="O42">
         <v>2024</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="1">
-        <v>2758</v>
+        <v>3521</v>
       </c>
       <c r="B43" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C43" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D43" t="s">
         <v>17</v>
       </c>
-      <c r="I43" t="s">
-        <v>102</v>
+      <c r="G43" t="s">
+        <v>100</v>
       </c>
       <c r="O43">
         <v>2024</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="1">
-        <v>2757</v>
+        <v>3522</v>
       </c>
       <c r="B44" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C44" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D44" t="s">
         <v>17</v>
       </c>
-      <c r="G44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I44" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="O44">
         <v>2024</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="1">
-        <v>2691</v>
+        <v>2925</v>
       </c>
       <c r="B45" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="C45" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D45" t="s">
         <v>17</v>
       </c>
       <c r="I45" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="O45">
         <v>2024</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="1">
-        <v>2633</v>
+        <v>2924</v>
       </c>
       <c r="B46" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C46" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D46" t="s">
         <v>17</v>
       </c>
       <c r="I46" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="O46">
         <v>2024</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="1">
-        <v>2635</v>
+        <v>2870</v>
       </c>
       <c r="B47" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="C47" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D47" t="s">
         <v>17</v>
       </c>
-      <c r="G47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I47" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="O47">
         <v>2024</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="1">
-        <v>2634</v>
+        <v>2758</v>
       </c>
       <c r="B48" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="C48" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D48" t="s">
         <v>17</v>
       </c>
       <c r="I48" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="O48">
         <v>2024</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="1">
-        <v>2598</v>
+        <v>2757</v>
       </c>
       <c r="B49" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="C49" t="s">
         <v>16</v>
       </c>
       <c r="D49" t="s">
         <v>17</v>
       </c>
+      <c r="G49" t="s">
+        <v>112</v>
+      </c>
       <c r="I49" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="O49">
         <v>2024</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="1">
-        <v>2601</v>
+        <v>2691</v>
       </c>
       <c r="B50" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C50" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D50" t="s">
         <v>17</v>
       </c>
-      <c r="E50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I50" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="O50">
         <v>2024</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="1">
-        <v>2583</v>
+        <v>2633</v>
       </c>
       <c r="B51" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="C51" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D51" t="s">
         <v>17</v>
       </c>
       <c r="I51" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="O51">
         <v>2024</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="1">
-        <v>2525</v>
+        <v>2635</v>
       </c>
       <c r="B52" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="C52" t="s">
         <v>16</v>
       </c>
       <c r="D52" t="s">
         <v>17</v>
       </c>
+      <c r="G52" t="s">
+        <v>119</v>
+      </c>
       <c r="I52" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="O52">
         <v>2024</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="1">
-        <v>2524</v>
+        <v>2634</v>
       </c>
       <c r="B53" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="C53" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D53" t="s">
         <v>17</v>
       </c>
-      <c r="E53" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I53" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="O53">
         <v>2024</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="1">
-        <v>2513</v>
+        <v>2598</v>
       </c>
       <c r="B54" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="C54" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D54" t="s">
         <v>17</v>
       </c>
       <c r="I54" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="O54">
         <v>2024</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="1">
-        <v>2495</v>
+        <v>2601</v>
       </c>
       <c r="B55" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="C55" t="s">
         <v>16</v>
       </c>
       <c r="D55" t="s">
         <v>17</v>
       </c>
+      <c r="E55" t="s">
+        <v>126</v>
+      </c>
       <c r="I55" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="O55">
         <v>2024</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="1">
-        <v>2447</v>
+        <v>2583</v>
       </c>
       <c r="B56" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="C56" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D56" t="s">
         <v>17</v>
       </c>
       <c r="I56" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="O56">
         <v>2024</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="1">
-        <v>2467</v>
+        <v>2525</v>
       </c>
       <c r="B57" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="C57" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D57" t="s">
-        <v>79</v>
-[...5 lines deleted...]
-        <v>136</v>
+        <v>17</v>
       </c>
       <c r="I57" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="O57">
         <v>2024</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="1">
-        <v>2446</v>
+        <v>2524</v>
       </c>
       <c r="B58" t="s">
+        <v>132</v>
+      </c>
+      <c r="C58" t="s">
+        <v>16</v>
+      </c>
+      <c r="D58" t="s">
+        <v>17</v>
+      </c>
+      <c r="E58" t="s">
+        <v>133</v>
+      </c>
+      <c r="G58" t="s">
         <v>134</v>
       </c>
-      <c r="C58" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I58" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="O58">
         <v>2024</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="1">
-        <v>2466</v>
+        <v>2513</v>
       </c>
       <c r="B59" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C59" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D59" t="s">
         <v>17</v>
       </c>
-      <c r="E59" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I59" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="O59">
         <v>2024</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="1">
-        <v>2445</v>
+        <v>2495</v>
       </c>
       <c r="B60" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="C60" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D60" t="s">
         <v>17</v>
       </c>
       <c r="I60" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="O60">
         <v>2024</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="1">
-        <v>2404</v>
+        <v>2447</v>
       </c>
       <c r="B61" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="C61" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D61" t="s">
-        <v>146</v>
-[...5 lines deleted...]
-        <v>148</v>
+        <v>17</v>
       </c>
       <c r="I61" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>150</v>
+        <v>141</v>
       </c>
       <c r="O61">
         <v>2024</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="1">
-        <v>2405</v>
+        <v>2467</v>
       </c>
       <c r="B62" t="s">
-        <v>151</v>
+        <v>142</v>
       </c>
       <c r="C62" t="s">
         <v>16</v>
       </c>
       <c r="D62" t="s">
-        <v>146</v>
+        <v>87</v>
+      </c>
+      <c r="E62" t="s">
+        <v>143</v>
+      </c>
+      <c r="G62" t="s">
+        <v>144</v>
       </c>
       <c r="I62" t="s">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="O62">
         <v>2024</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="1">
-        <v>2403</v>
+        <v>2446</v>
       </c>
       <c r="B63" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="C63" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D63" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>17</v>
       </c>
       <c r="I63" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>146</v>
       </c>
       <c r="O63">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="1">
-        <v>2408</v>
+        <v>2466</v>
       </c>
       <c r="B64" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
       <c r="C64" t="s">
         <v>16</v>
       </c>
       <c r="D64" t="s">
         <v>17</v>
       </c>
+      <c r="E64" t="s">
+        <v>148</v>
+      </c>
+      <c r="G64" t="s">
+        <v>149</v>
+      </c>
       <c r="I64" t="s">
-        <v>159</v>
+        <v>150</v>
       </c>
       <c r="O64">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="1">
-        <v>2407</v>
+        <v>2445</v>
       </c>
       <c r="B65" t="s">
-        <v>160</v>
+        <v>151</v>
       </c>
       <c r="C65" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D65" t="s">
         <v>17</v>
       </c>
       <c r="I65" t="s">
-        <v>161</v>
+        <v>152</v>
       </c>
       <c r="O65">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="1">
-        <v>2361</v>
+        <v>2404</v>
       </c>
       <c r="B66" t="s">
-        <v>162</v>
+        <v>153</v>
       </c>
       <c r="C66" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D66" t="s">
-        <v>17</v>
+        <v>154</v>
       </c>
       <c r="E66" t="s">
-        <v>163</v>
+        <v>155</v>
+      </c>
+      <c r="G66" t="s">
+        <v>156</v>
       </c>
       <c r="I66" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="M66" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="O66">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="1">
-        <v>2360</v>
+        <v>2405</v>
       </c>
       <c r="B67" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="C67" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D67" t="s">
-        <v>17</v>
+        <v>154</v>
       </c>
       <c r="I67" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="O67">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" s="1">
-        <v>2261</v>
+        <v>2403</v>
       </c>
       <c r="B68" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="C68" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D68" t="s">
-        <v>17</v>
+        <v>162</v>
       </c>
       <c r="E68" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="I68" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="M68" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="O68">
         <v>2023</v>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" s="1">
-        <v>2272</v>
+        <v>2408</v>
       </c>
       <c r="B69" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="C69" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D69" t="s">
         <v>17</v>
       </c>
       <c r="I69" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="O69">
         <v>2023</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" s="1">
-        <v>2260</v>
+        <v>2407</v>
       </c>
       <c r="B70" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="C70" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D70" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>17</v>
       </c>
       <c r="I70" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="O70">
         <v>2023</v>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" s="1">
-        <v>2271</v>
+        <v>2361</v>
       </c>
       <c r="B71" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C71" t="s">
         <v>16</v>
       </c>
       <c r="D71" t="s">
         <v>17</v>
       </c>
+      <c r="E71" t="s">
+        <v>171</v>
+      </c>
       <c r="I71" t="s">
-        <v>179</v>
+        <v>172</v>
+      </c>
+      <c r="M71" t="s">
+        <v>173</v>
       </c>
       <c r="O71">
         <v>2023</v>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="1">
-        <v>2270</v>
+        <v>2360</v>
       </c>
       <c r="B72" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="C72" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D72" t="s">
         <v>17</v>
       </c>
       <c r="I72" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="O72">
         <v>2023</v>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" s="1">
-        <v>2259</v>
+        <v>2261</v>
       </c>
       <c r="B73" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="C73" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D73" t="s">
         <v>17</v>
       </c>
       <c r="E73" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="I73" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="M73" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="O73">
         <v>2023</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" s="1">
-        <v>2269</v>
+        <v>2272</v>
       </c>
       <c r="B74" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="C74" t="s">
-        <v>16</v>
+        <v>22</v>
+      </c>
+      <c r="D74" t="s">
+        <v>17</v>
       </c>
       <c r="I74" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="O74">
         <v>2023</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" s="1">
-        <v>2268</v>
+        <v>2260</v>
       </c>
       <c r="B75" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="C75" t="s">
         <v>16</v>
       </c>
+      <c r="D75" t="s">
+        <v>87</v>
+      </c>
+      <c r="E75" t="s">
+        <v>183</v>
+      </c>
       <c r="I75" t="s">
-        <v>189</v>
+        <v>184</v>
+      </c>
+      <c r="M75" t="s">
+        <v>185</v>
       </c>
       <c r="O75">
         <v>2023</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" s="1">
-        <v>2258</v>
+        <v>2271</v>
       </c>
       <c r="B76" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="C76" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D76" t="s">
         <v>17</v>
       </c>
-      <c r="E76" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I76" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="O76">
         <v>2023</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" s="1">
-        <v>2257</v>
+        <v>2270</v>
       </c>
       <c r="B77" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="C77" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D77" t="s">
-        <v>196</v>
-[...5 lines deleted...]
-        <v>198</v>
+        <v>17</v>
       </c>
       <c r="I77" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>189</v>
       </c>
       <c r="O77">
         <v>2023</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" s="1">
-        <v>2267</v>
+        <v>2259</v>
       </c>
       <c r="B78" t="s">
-        <v>201</v>
+        <v>190</v>
       </c>
       <c r="C78" t="s">
         <v>16</v>
       </c>
+      <c r="D78" t="s">
+        <v>17</v>
+      </c>
+      <c r="E78" t="s">
+        <v>191</v>
+      </c>
       <c r="I78" t="s">
-        <v>202</v>
+        <v>192</v>
+      </c>
+      <c r="M78" t="s">
+        <v>193</v>
       </c>
       <c r="O78">
         <v>2023</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" s="1">
-        <v>2266</v>
+        <v>2269</v>
       </c>
       <c r="B79" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
       <c r="C79" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="I79" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="O79">
         <v>2023</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" s="1">
-        <v>2256</v>
+        <v>2268</v>
       </c>
       <c r="B80" t="s">
-        <v>205</v>
+        <v>196</v>
       </c>
       <c r="C80" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-        <v>206</v>
+        <v>22</v>
       </c>
       <c r="I80" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>208</v>
+        <v>197</v>
       </c>
       <c r="O80">
         <v>2023</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" s="1">
-        <v>2255</v>
+        <v>2258</v>
       </c>
       <c r="B81" t="s">
-        <v>209</v>
+        <v>198</v>
       </c>
       <c r="C81" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D81" t="s">
-        <v>79</v>
+        <v>17</v>
       </c>
       <c r="E81" t="s">
-        <v>210</v>
+        <v>199</v>
       </c>
       <c r="G81" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
       <c r="I81" t="s">
-        <v>212</v>
+        <v>201</v>
       </c>
       <c r="M81" t="s">
-        <v>213</v>
+        <v>202</v>
       </c>
       <c r="O81">
         <v>2023</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" s="1">
-        <v>2265</v>
+        <v>2257</v>
       </c>
       <c r="B82" t="s">
-        <v>214</v>
+        <v>203</v>
       </c>
       <c r="C82" t="s">
         <v>16</v>
       </c>
+      <c r="D82" t="s">
+        <v>204</v>
+      </c>
+      <c r="E82" t="s">
+        <v>205</v>
+      </c>
+      <c r="G82" t="s">
+        <v>206</v>
+      </c>
       <c r="I82" t="s">
-        <v>215</v>
+        <v>207</v>
+      </c>
+      <c r="M82" t="s">
+        <v>208</v>
       </c>
       <c r="O82">
         <v>2023</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" s="1">
-        <v>2254</v>
+        <v>2267</v>
       </c>
       <c r="B83" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="C83" t="s">
-        <v>20</v>
-[...8 lines deleted...]
-        <v>218</v>
+        <v>22</v>
       </c>
       <c r="I83" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="O83">
         <v>2023</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" s="1">
-        <v>2264</v>
+        <v>2266</v>
       </c>
       <c r="B84" t="s">
-        <v>221</v>
+        <v>211</v>
       </c>
       <c r="C84" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="I84" t="s">
-        <v>222</v>
+        <v>212</v>
       </c>
       <c r="O84">
         <v>2023</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" s="1">
-        <v>2253</v>
+        <v>2256</v>
       </c>
       <c r="B85" t="s">
-        <v>223</v>
+        <v>213</v>
       </c>
       <c r="C85" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D85" t="s">
-        <v>224</v>
+        <v>17</v>
       </c>
       <c r="E85" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>214</v>
+      </c>
+      <c r="I85" t="s">
+        <v>215</v>
       </c>
       <c r="M85" t="s">
-        <v>227</v>
+        <v>216</v>
       </c>
       <c r="O85">
         <v>2023</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" s="1">
-        <v>2252</v>
+        <v>2255</v>
       </c>
       <c r="B86" t="s">
-        <v>228</v>
+        <v>217</v>
       </c>
       <c r="C86" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D86" t="s">
-        <v>229</v>
+        <v>87</v>
       </c>
       <c r="E86" t="s">
-        <v>230</v>
+        <v>218</v>
       </c>
       <c r="G86" t="s">
-        <v>231</v>
+        <v>219</v>
       </c>
       <c r="I86" t="s">
-        <v>232</v>
+        <v>220</v>
       </c>
       <c r="M86" t="s">
-        <v>233</v>
+        <v>221</v>
       </c>
       <c r="O86">
         <v>2023</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="1">
-        <v>2251</v>
+        <v>2265</v>
       </c>
       <c r="B87" t="s">
-        <v>234</v>
+        <v>222</v>
       </c>
       <c r="C87" t="s">
-        <v>20</v>
-[...8 lines deleted...]
-        <v>236</v>
+        <v>22</v>
       </c>
       <c r="I87" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-        <v>238</v>
+        <v>223</v>
       </c>
       <c r="O87">
         <v>2023</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="1">
-        <v>2263</v>
+        <v>2254</v>
       </c>
       <c r="B88" t="s">
-        <v>239</v>
+        <v>224</v>
       </c>
       <c r="C88" t="s">
         <v>16</v>
       </c>
+      <c r="D88" t="s">
+        <v>87</v>
+      </c>
+      <c r="E88" t="s">
+        <v>225</v>
+      </c>
+      <c r="G88" t="s">
+        <v>226</v>
+      </c>
       <c r="I88" t="s">
-        <v>240</v>
+        <v>227</v>
+      </c>
+      <c r="M88" t="s">
+        <v>228</v>
       </c>
       <c r="O88">
         <v>2023</v>
       </c>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" s="1">
-        <v>2262</v>
+        <v>2264</v>
       </c>
       <c r="B89" t="s">
-        <v>241</v>
+        <v>229</v>
       </c>
       <c r="C89" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="I89" t="s">
-        <v>242</v>
+        <v>230</v>
       </c>
       <c r="O89">
         <v>2023</v>
       </c>
     </row>
     <row r="90" spans="1:26">
       <c r="A90" s="1">
-        <v>2155</v>
+        <v>2253</v>
       </c>
       <c r="B90" t="s">
-        <v>243</v>
+        <v>231</v>
       </c>
       <c r="C90" t="s">
         <v>16</v>
       </c>
       <c r="D90" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>232</v>
+      </c>
+      <c r="E90" t="s">
+        <v>233</v>
+      </c>
+      <c r="G90" t="s">
+        <v>234</v>
+      </c>
+      <c r="M90" t="s">
+        <v>235</v>
       </c>
       <c r="O90">
         <v>2023</v>
       </c>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" s="1">
-        <v>2157</v>
+        <v>2252</v>
       </c>
       <c r="B91" t="s">
-        <v>245</v>
+        <v>236</v>
       </c>
       <c r="C91" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D91" t="s">
-        <v>17</v>
+        <v>237</v>
       </c>
       <c r="E91" t="s">
-        <v>246</v>
+        <v>238</v>
       </c>
       <c r="G91" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>239</v>
+      </c>
+      <c r="I91" t="s">
+        <v>240</v>
       </c>
       <c r="M91" t="s">
-        <v>249</v>
+        <v>241</v>
       </c>
       <c r="O91">
         <v>2023</v>
       </c>
     </row>
     <row r="92" spans="1:26">
       <c r="A92" s="1">
-        <v>2154</v>
+        <v>2251</v>
       </c>
       <c r="B92" t="s">
-        <v>250</v>
+        <v>242</v>
       </c>
       <c r="C92" t="s">
         <v>16</v>
       </c>
       <c r="D92" t="s">
         <v>17</v>
       </c>
+      <c r="E92" t="s">
+        <v>243</v>
+      </c>
+      <c r="G92" t="s">
+        <v>244</v>
+      </c>
       <c r="I92" t="s">
-        <v>251</v>
+        <v>245</v>
+      </c>
+      <c r="M92" t="s">
+        <v>246</v>
       </c>
       <c r="O92">
         <v>2023</v>
       </c>
     </row>
     <row r="93" spans="1:26">
       <c r="A93" s="1">
-        <v>2156</v>
+        <v>2263</v>
       </c>
       <c r="B93" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="C93" t="s">
-        <v>20</v>
-[...14 lines deleted...]
-        <v>256</v>
+        <v>22</v>
+      </c>
+      <c r="I93" t="s">
+        <v>248</v>
       </c>
       <c r="O93">
         <v>2023</v>
       </c>
     </row>
     <row r="94" spans="1:26">
       <c r="A94" s="1">
-        <v>2153</v>
+        <v>2262</v>
       </c>
       <c r="B94" t="s">
-        <v>257</v>
+        <v>249</v>
       </c>
       <c r="C94" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I94" t="s">
-        <v>258</v>
+        <v>250</v>
       </c>
       <c r="O94">
         <v>2023</v>
       </c>
     </row>
     <row r="95" spans="1:26">
       <c r="A95" s="1">
-        <v>1884</v>
+        <v>2155</v>
       </c>
       <c r="B95" t="s">
-        <v>259</v>
+        <v>251</v>
       </c>
       <c r="C95" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D95" t="s">
         <v>17</v>
       </c>
       <c r="I95" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="O95">
         <v>2023</v>
       </c>
     </row>
     <row r="96" spans="1:26">
       <c r="A96" s="1">
-        <v>2158</v>
+        <v>2157</v>
       </c>
       <c r="B96" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
       <c r="C96" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D96" t="s">
         <v>17</v>
       </c>
       <c r="E96" t="s">
-        <v>262</v>
+        <v>254</v>
       </c>
       <c r="G96" t="s">
-        <v>263</v>
+        <v>255</v>
       </c>
       <c r="K96" t="s">
-        <v>264</v>
+        <v>256</v>
       </c>
       <c r="M96" t="s">
-        <v>265</v>
+        <v>257</v>
       </c>
       <c r="O96">
         <v>2023</v>
       </c>
     </row>
     <row r="97" spans="1:26">
       <c r="A97" s="1">
-        <v>1871</v>
+        <v>2154</v>
       </c>
       <c r="B97" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="C97" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D97" t="s">
         <v>17</v>
       </c>
       <c r="I97" t="s">
-        <v>267</v>
+        <v>259</v>
       </c>
       <c r="O97">
         <v>2023</v>
       </c>
     </row>
     <row r="98" spans="1:26">
       <c r="A98" s="1">
-        <v>1868</v>
+        <v>2156</v>
       </c>
       <c r="B98" t="s">
-        <v>268</v>
+        <v>260</v>
       </c>
       <c r="C98" t="s">
         <v>16</v>
       </c>
       <c r="D98" t="s">
         <v>17</v>
       </c>
-      <c r="I98" t="s">
-        <v>269</v>
+      <c r="E98" t="s">
+        <v>261</v>
+      </c>
+      <c r="G98" t="s">
+        <v>262</v>
+      </c>
+      <c r="K98" t="s">
+        <v>263</v>
+      </c>
+      <c r="M98" t="s">
+        <v>264</v>
       </c>
       <c r="O98">
         <v>2023</v>
       </c>
     </row>
     <row r="99" spans="1:26">
       <c r="A99" s="1">
-        <v>1881</v>
+        <v>2153</v>
       </c>
       <c r="B99" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="C99" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D99" t="s">
         <v>17</v>
       </c>
       <c r="I99" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="O99">
         <v>2023</v>
       </c>
     </row>
     <row r="100" spans="1:26">
       <c r="A100" s="1">
-        <v>1865</v>
+        <v>1884</v>
       </c>
       <c r="B100" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="C100" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D100" t="s">
         <v>17</v>
       </c>
-      <c r="E100" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I100" t="s">
-        <v>275</v>
-[...2 lines deleted...]
-        <v>276</v>
+        <v>268</v>
       </c>
       <c r="O100">
         <v>2023</v>
       </c>
     </row>
     <row r="101" spans="1:26">
       <c r="A101" s="1">
-        <v>1867</v>
+        <v>2158</v>
       </c>
       <c r="B101" t="s">
-        <v>277</v>
+        <v>269</v>
       </c>
       <c r="C101" t="s">
         <v>16</v>
       </c>
       <c r="D101" t="s">
         <v>17</v>
       </c>
-      <c r="I101" t="s">
-        <v>278</v>
+      <c r="E101" t="s">
+        <v>270</v>
+      </c>
+      <c r="G101" t="s">
+        <v>271</v>
+      </c>
+      <c r="K101" t="s">
+        <v>272</v>
+      </c>
+      <c r="M101" t="s">
+        <v>273</v>
       </c>
       <c r="O101">
         <v>2023</v>
       </c>
     </row>
     <row r="102" spans="1:26">
       <c r="A102" s="1">
-        <v>1864</v>
+        <v>1871</v>
       </c>
       <c r="B102" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="C102" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D102" t="s">
         <v>17</v>
       </c>
-      <c r="E102" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I102" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-        <v>283</v>
+        <v>275</v>
       </c>
       <c r="O102">
         <v>2023</v>
       </c>
     </row>
     <row r="103" spans="1:26">
       <c r="A103" s="1">
-        <v>1889</v>
+        <v>1868</v>
       </c>
       <c r="B103" t="s">
-        <v>284</v>
+        <v>276</v>
       </c>
       <c r="C103" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D103" t="s">
         <v>17</v>
       </c>
       <c r="I103" t="s">
-        <v>285</v>
+        <v>277</v>
       </c>
       <c r="O103">
         <v>2023</v>
       </c>
     </row>
     <row r="104" spans="1:26">
       <c r="A104" s="1">
-        <v>1874</v>
+        <v>1881</v>
       </c>
       <c r="B104" t="s">
-        <v>286</v>
+        <v>278</v>
       </c>
       <c r="C104" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D104" t="s">
         <v>17</v>
       </c>
       <c r="I104" t="s">
-        <v>287</v>
+        <v>279</v>
       </c>
       <c r="O104">
         <v>2023</v>
       </c>
     </row>
     <row r="105" spans="1:26">
       <c r="A105" s="1">
-        <v>1896</v>
+        <v>1865</v>
       </c>
       <c r="B105" t="s">
-        <v>288</v>
+        <v>280</v>
       </c>
       <c r="C105" t="s">
         <v>16</v>
       </c>
       <c r="D105" t="s">
         <v>17</v>
       </c>
+      <c r="E105" t="s">
+        <v>281</v>
+      </c>
+      <c r="G105" t="s">
+        <v>282</v>
+      </c>
       <c r="I105" t="s">
-        <v>289</v>
+        <v>283</v>
+      </c>
+      <c r="M105" t="s">
+        <v>284</v>
       </c>
       <c r="O105">
-        <v>2022</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="106" spans="1:26">
       <c r="A106" s="1">
-        <v>1863</v>
+        <v>1867</v>
       </c>
       <c r="B106" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="C106" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D106" t="s">
         <v>17</v>
       </c>
-      <c r="E106" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I106" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-        <v>294</v>
+        <v>286</v>
       </c>
       <c r="O106">
-        <v>2022</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="107" spans="1:26">
       <c r="A107" s="1">
-        <v>1880</v>
+        <v>1864</v>
       </c>
       <c r="B107" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="C107" t="s">
         <v>16</v>
       </c>
       <c r="D107" t="s">
         <v>17</v>
       </c>
+      <c r="E107" t="s">
+        <v>288</v>
+      </c>
+      <c r="G107" t="s">
+        <v>289</v>
+      </c>
       <c r="I107" t="s">
-        <v>296</v>
+        <v>290</v>
+      </c>
+      <c r="M107" t="s">
+        <v>291</v>
       </c>
       <c r="O107">
-        <v>2022</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="108" spans="1:26">
       <c r="A108" s="1">
-        <v>1887</v>
+        <v>1889</v>
       </c>
       <c r="B108" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="C108" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D108" t="s">
         <v>17</v>
       </c>
       <c r="I108" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="O108">
-        <v>2022</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="109" spans="1:26">
       <c r="A109" s="1">
-        <v>1862</v>
+        <v>1874</v>
       </c>
       <c r="B109" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="C109" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D109" t="s">
         <v>17</v>
       </c>
-      <c r="E109" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I109" t="s">
-        <v>302</v>
-[...2 lines deleted...]
-        <v>303</v>
+        <v>295</v>
       </c>
       <c r="O109">
-        <v>2022</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="110" spans="1:26">
       <c r="A110" s="1">
-        <v>1872</v>
+        <v>1896</v>
       </c>
       <c r="B110" t="s">
-        <v>304</v>
+        <v>296</v>
       </c>
       <c r="C110" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D110" t="s">
         <v>17</v>
       </c>
       <c r="I110" t="s">
-        <v>305</v>
+        <v>297</v>
       </c>
       <c r="O110">
         <v>2022</v>
       </c>
     </row>
     <row r="111" spans="1:26">
       <c r="A111" s="1">
-        <v>1892</v>
+        <v>1863</v>
       </c>
       <c r="B111" t="s">
-        <v>306</v>
+        <v>298</v>
       </c>
       <c r="C111" t="s">
         <v>16</v>
       </c>
       <c r="D111" t="s">
         <v>17</v>
       </c>
+      <c r="E111" t="s">
+        <v>299</v>
+      </c>
+      <c r="G111" t="s">
+        <v>300</v>
+      </c>
       <c r="I111" t="s">
-        <v>307</v>
+        <v>301</v>
+      </c>
+      <c r="M111" t="s">
+        <v>302</v>
       </c>
       <c r="O111">
         <v>2022</v>
       </c>
     </row>
     <row r="112" spans="1:26">
       <c r="A112" s="1">
-        <v>1861</v>
+        <v>1880</v>
       </c>
       <c r="B112" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="C112" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D112" t="s">
         <v>17</v>
       </c>
-      <c r="E112" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I112" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="O112">
         <v>2022</v>
       </c>
     </row>
     <row r="113" spans="1:26">
       <c r="A113" s="1">
-        <v>1879</v>
+        <v>1887</v>
       </c>
       <c r="B113" t="s">
-        <v>313</v>
+        <v>305</v>
       </c>
       <c r="C113" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D113" t="s">
         <v>17</v>
       </c>
       <c r="I113" t="s">
-        <v>314</v>
+        <v>306</v>
       </c>
       <c r="O113">
         <v>2022</v>
       </c>
     </row>
     <row r="114" spans="1:26">
       <c r="A114" s="1">
-        <v>1895</v>
+        <v>1862</v>
       </c>
       <c r="B114" t="s">
-        <v>315</v>
+        <v>307</v>
       </c>
       <c r="C114" t="s">
         <v>16</v>
       </c>
       <c r="D114" t="s">
         <v>17</v>
       </c>
+      <c r="E114" t="s">
+        <v>308</v>
+      </c>
+      <c r="G114" t="s">
+        <v>309</v>
+      </c>
       <c r="I114" t="s">
-        <v>316</v>
+        <v>310</v>
+      </c>
+      <c r="M114" t="s">
+        <v>311</v>
       </c>
       <c r="O114">
         <v>2022</v>
       </c>
     </row>
     <row r="115" spans="1:26">
       <c r="A115" s="1">
-        <v>2406</v>
+        <v>1872</v>
       </c>
       <c r="B115" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="C115" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D115" t="s">
         <v>17</v>
       </c>
       <c r="I115" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="O115">
         <v>2022</v>
       </c>
     </row>
     <row r="116" spans="1:26">
       <c r="A116" s="1">
-        <v>1860</v>
+        <v>1892</v>
       </c>
       <c r="B116" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="C116" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D116" t="s">
         <v>17</v>
       </c>
-      <c r="E116" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I116" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-        <v>323</v>
+        <v>315</v>
       </c>
       <c r="O116">
         <v>2022</v>
       </c>
     </row>
     <row r="117" spans="1:26">
       <c r="A117" s="1">
-        <v>1888</v>
+        <v>1861</v>
       </c>
       <c r="B117" t="s">
-        <v>324</v>
+        <v>316</v>
       </c>
       <c r="C117" t="s">
         <v>16</v>
       </c>
       <c r="D117" t="s">
         <v>17</v>
       </c>
+      <c r="E117" t="s">
+        <v>317</v>
+      </c>
+      <c r="G117" t="s">
+        <v>318</v>
+      </c>
       <c r="I117" t="s">
-        <v>325</v>
+        <v>319</v>
+      </c>
+      <c r="M117" t="s">
+        <v>320</v>
       </c>
       <c r="O117">
         <v>2022</v>
       </c>
     </row>
     <row r="118" spans="1:26">
       <c r="A118" s="1">
-        <v>1873</v>
+        <v>1879</v>
       </c>
       <c r="B118" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
       <c r="C118" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D118" t="s">
         <v>17</v>
       </c>
       <c r="I118" t="s">
-        <v>327</v>
+        <v>322</v>
       </c>
       <c r="O118">
         <v>2022</v>
       </c>
     </row>
     <row r="119" spans="1:26">
       <c r="A119" s="1">
-        <v>1859</v>
+        <v>1895</v>
       </c>
       <c r="B119" t="s">
-        <v>328</v>
+        <v>323</v>
       </c>
       <c r="C119" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D119" t="s">
         <v>17</v>
       </c>
-      <c r="E119" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I119" t="s">
-        <v>331</v>
-[...2 lines deleted...]
-        <v>332</v>
+        <v>324</v>
       </c>
       <c r="O119">
         <v>2022</v>
       </c>
     </row>
     <row r="120" spans="1:26">
       <c r="A120" s="1">
-        <v>1894</v>
+        <v>2406</v>
       </c>
       <c r="B120" t="s">
-        <v>333</v>
+        <v>325</v>
       </c>
       <c r="C120" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D120" t="s">
         <v>17</v>
       </c>
       <c r="I120" t="s">
-        <v>334</v>
+        <v>326</v>
       </c>
       <c r="O120">
         <v>2022</v>
       </c>
     </row>
     <row r="121" spans="1:26">
       <c r="A121" s="1">
-        <v>1878</v>
+        <v>1860</v>
       </c>
       <c r="B121" t="s">
-        <v>335</v>
+        <v>327</v>
       </c>
       <c r="C121" t="s">
         <v>16</v>
       </c>
       <c r="D121" t="s">
         <v>17</v>
       </c>
+      <c r="E121" t="s">
+        <v>328</v>
+      </c>
+      <c r="G121" t="s">
+        <v>329</v>
+      </c>
       <c r="I121" t="s">
-        <v>336</v>
+        <v>330</v>
+      </c>
+      <c r="M121" t="s">
+        <v>331</v>
       </c>
       <c r="O121">
         <v>2022</v>
       </c>
     </row>
     <row r="122" spans="1:26">
       <c r="A122" s="1">
-        <v>1858</v>
+        <v>1888</v>
       </c>
       <c r="B122" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="C122" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D122" t="s">
         <v>17</v>
       </c>
-      <c r="E122" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I122" t="s">
-        <v>340</v>
-[...2 lines deleted...]
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="O122">
         <v>2022</v>
       </c>
     </row>
     <row r="123" spans="1:26">
       <c r="A123" s="1">
-        <v>1882</v>
+        <v>1873</v>
       </c>
       <c r="B123" t="s">
-        <v>342</v>
+        <v>334</v>
       </c>
       <c r="C123" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D123" t="s">
         <v>17</v>
       </c>
       <c r="I123" t="s">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="O123">
         <v>2022</v>
       </c>
     </row>
     <row r="124" spans="1:26">
       <c r="A124" s="1">
-        <v>1883</v>
+        <v>1859</v>
       </c>
       <c r="B124" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="C124" t="s">
         <v>16</v>
       </c>
       <c r="D124" t="s">
         <v>17</v>
       </c>
+      <c r="E124" t="s">
+        <v>337</v>
+      </c>
+      <c r="G124" t="s">
+        <v>338</v>
+      </c>
       <c r="I124" t="s">
-        <v>344</v>
+        <v>339</v>
+      </c>
+      <c r="M124" t="s">
+        <v>340</v>
       </c>
       <c r="O124">
         <v>2022</v>
       </c>
     </row>
     <row r="125" spans="1:26">
       <c r="A125" s="1">
-        <v>1869</v>
+        <v>1894</v>
       </c>
       <c r="B125" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="C125" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D125" t="s">
         <v>17</v>
       </c>
       <c r="I125" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="O125">
         <v>2022</v>
       </c>
     </row>
     <row r="126" spans="1:26">
       <c r="A126" s="1">
-        <v>1857</v>
+        <v>1878</v>
       </c>
       <c r="B126" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="C126" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D126" t="s">
         <v>17</v>
       </c>
-      <c r="E126" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I126" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-        <v>351</v>
+        <v>344</v>
       </c>
       <c r="O126">
         <v>2022</v>
       </c>
     </row>
     <row r="127" spans="1:26">
       <c r="A127" s="1">
-        <v>1890</v>
+        <v>1858</v>
       </c>
       <c r="B127" t="s">
-        <v>352</v>
+        <v>345</v>
       </c>
       <c r="C127" t="s">
         <v>16</v>
       </c>
       <c r="D127" t="s">
         <v>17</v>
       </c>
+      <c r="E127" t="s">
+        <v>346</v>
+      </c>
+      <c r="G127" t="s">
+        <v>347</v>
+      </c>
       <c r="I127" t="s">
-        <v>353</v>
+        <v>348</v>
+      </c>
+      <c r="M127" t="s">
+        <v>349</v>
       </c>
       <c r="O127">
         <v>2022</v>
       </c>
     </row>
     <row r="128" spans="1:26">
       <c r="A128" s="1">
-        <v>1875</v>
+        <v>1882</v>
       </c>
       <c r="B128" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="C128" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D128" t="s">
         <v>17</v>
       </c>
       <c r="I128" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="O128">
         <v>2022</v>
       </c>
     </row>
     <row r="129" spans="1:26">
       <c r="A129" s="1">
-        <v>1856</v>
+        <v>1883</v>
       </c>
       <c r="B129" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
       <c r="C129" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D129" t="s">
         <v>17</v>
       </c>
-      <c r="E129" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I129" t="s">
-        <v>359</v>
-[...2 lines deleted...]
-        <v>360</v>
+        <v>352</v>
       </c>
       <c r="O129">
         <v>2022</v>
       </c>
     </row>
     <row r="130" spans="1:26">
       <c r="A130" s="1">
-        <v>1893</v>
+        <v>1869</v>
       </c>
       <c r="B130" t="s">
-        <v>361</v>
+        <v>353</v>
       </c>
       <c r="C130" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D130" t="s">
         <v>17</v>
       </c>
       <c r="I130" t="s">
-        <v>362</v>
+        <v>354</v>
       </c>
       <c r="O130">
         <v>2022</v>
       </c>
     </row>
     <row r="131" spans="1:26">
       <c r="A131" s="1">
-        <v>1855</v>
+        <v>1857</v>
       </c>
       <c r="B131" t="s">
-        <v>363</v>
+        <v>355</v>
       </c>
       <c r="C131" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D131" t="s">
         <v>17</v>
       </c>
       <c r="E131" t="s">
-        <v>364</v>
+        <v>356</v>
       </c>
       <c r="G131" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="I131" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="M131" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="O131">
         <v>2022</v>
       </c>
     </row>
     <row r="132" spans="1:26">
       <c r="A132" s="1">
-        <v>1877</v>
+        <v>1890</v>
       </c>
       <c r="B132" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="C132" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D132" t="s">
         <v>17</v>
       </c>
       <c r="I132" t="s">
-        <v>369</v>
+        <v>361</v>
       </c>
       <c r="O132">
         <v>2022</v>
       </c>
     </row>
     <row r="133" spans="1:26">
       <c r="A133" s="1">
-        <v>1886</v>
+        <v>1875</v>
       </c>
       <c r="B133" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="C133" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D133" t="s">
         <v>17</v>
       </c>
       <c r="I133" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="O133">
         <v>2022</v>
       </c>
     </row>
     <row r="134" spans="1:26">
       <c r="A134" s="1">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="B134" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="C134" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D134" t="s">
         <v>17</v>
       </c>
       <c r="E134" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="G134" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="I134" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="M134" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="O134">
         <v>2022</v>
       </c>
     </row>
     <row r="135" spans="1:26">
       <c r="A135" s="1">
-        <v>1885</v>
+        <v>1893</v>
       </c>
       <c r="B135" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="C135" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D135" t="s">
         <v>17</v>
       </c>
       <c r="I135" t="s">
-        <v>378</v>
+        <v>370</v>
       </c>
       <c r="O135">
         <v>2022</v>
       </c>
     </row>
     <row r="136" spans="1:26">
       <c r="A136" s="1">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="B136" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="C136" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D136" t="s">
         <v>17</v>
       </c>
       <c r="E136" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="G136" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="I136" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="M136" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="O136">
         <v>2022</v>
       </c>
     </row>
     <row r="137" spans="1:26">
       <c r="A137" s="1">
-        <v>1870</v>
+        <v>1877</v>
       </c>
       <c r="B137" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="C137" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D137" t="s">
         <v>17</v>
       </c>
       <c r="I137" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="O137">
         <v>2022</v>
       </c>
     </row>
     <row r="138" spans="1:26">
       <c r="A138" s="1">
-        <v>1891</v>
+        <v>1886</v>
       </c>
       <c r="B138" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="C138" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D138" t="s">
         <v>17</v>
       </c>
       <c r="I138" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="O138">
         <v>2022</v>
       </c>
     </row>
     <row r="139" spans="1:26">
       <c r="A139" s="1">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="B139" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="C139" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D139" t="s">
         <v>17</v>
       </c>
       <c r="E139" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="G139" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="I139" t="s">
-        <v>391</v>
+        <v>383</v>
       </c>
       <c r="M139" t="s">
-        <v>392</v>
+        <v>384</v>
       </c>
       <c r="O139">
         <v>2022</v>
       </c>
     </row>
     <row r="140" spans="1:26">
       <c r="A140" s="1">
+        <v>1885</v>
+      </c>
+      <c r="B140" t="s">
+        <v>385</v>
+      </c>
+      <c r="C140" t="s">
+        <v>22</v>
+      </c>
+      <c r="D140" t="s">
+        <v>17</v>
+      </c>
+      <c r="I140" t="s">
+        <v>386</v>
+      </c>
+      <c r="O140">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="141" spans="1:26">
+      <c r="A141" s="1">
+        <v>1853</v>
+      </c>
+      <c r="B141" t="s">
+        <v>387</v>
+      </c>
+      <c r="C141" t="s">
+        <v>16</v>
+      </c>
+      <c r="D141" t="s">
+        <v>17</v>
+      </c>
+      <c r="E141" t="s">
+        <v>388</v>
+      </c>
+      <c r="G141" t="s">
+        <v>389</v>
+      </c>
+      <c r="I141" t="s">
+        <v>390</v>
+      </c>
+      <c r="M141" t="s">
+        <v>391</v>
+      </c>
+      <c r="O141">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="142" spans="1:26">
+      <c r="A142" s="1">
+        <v>1870</v>
+      </c>
+      <c r="B142" t="s">
+        <v>392</v>
+      </c>
+      <c r="C142" t="s">
+        <v>22</v>
+      </c>
+      <c r="D142" t="s">
+        <v>17</v>
+      </c>
+      <c r="I142" t="s">
+        <v>393</v>
+      </c>
+      <c r="O142">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="143" spans="1:26">
+      <c r="A143" s="1">
+        <v>1891</v>
+      </c>
+      <c r="B143" t="s">
+        <v>394</v>
+      </c>
+      <c r="C143" t="s">
+        <v>22</v>
+      </c>
+      <c r="D143" t="s">
+        <v>17</v>
+      </c>
+      <c r="I143" t="s">
+        <v>395</v>
+      </c>
+      <c r="O143">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="144" spans="1:26">
+      <c r="A144" s="1">
+        <v>1852</v>
+      </c>
+      <c r="B144" t="s">
+        <v>396</v>
+      </c>
+      <c r="C144" t="s">
+        <v>16</v>
+      </c>
+      <c r="D144" t="s">
+        <v>17</v>
+      </c>
+      <c r="E144" t="s">
+        <v>397</v>
+      </c>
+      <c r="G144" t="s">
+        <v>398</v>
+      </c>
+      <c r="I144" t="s">
+        <v>399</v>
+      </c>
+      <c r="M144" t="s">
+        <v>400</v>
+      </c>
+      <c r="O144">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="145" spans="1:26">
+      <c r="A145" s="1">
         <v>1876</v>
       </c>
-      <c r="B140" t="s">
-[...11 lines deleted...]
-      <c r="O140">
+      <c r="B145" t="s">
+        <v>401</v>
+      </c>
+      <c r="C145" t="s">
+        <v>22</v>
+      </c>
+      <c r="D145" t="s">
+        <v>17</v>
+      </c>
+      <c r="I145" t="s">
+        <v>402</v>
+      </c>
+      <c r="O145">
         <v>2022</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>