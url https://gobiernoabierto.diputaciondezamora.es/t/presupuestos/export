--- v0 (2025-10-05)
+++ v1 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>ejercicio</t>
   </si>
   <si>
     <t>aprobacion_inicial</t>
   </si>
   <si>
     <t>aprobacion_definitiva</t>
   </si>
   <si>
     <t>alegaciones</t>
   </si>
   <si>
     <t>presupuesto_de_ingresos</t>
   </si>
   <si>
     <t>presupuesto_de_gastos</t>
   </si>
   <si>
     <t>memoria</t>
   </si>
   <si>
@@ -119,50 +119,113 @@
   <si>
     <t>cap_5_ingresos</t>
   </si>
   <si>
     <t>cap_6_ingresos</t>
   </si>
   <si>
     <t>cap_7_ingresos</t>
   </si>
   <si>
     <t>cap_8_ingresos</t>
   </si>
   <si>
     <t>cap_9_ingresos</t>
   </si>
   <si>
     <t>liquidacion</t>
   </si>
   <si>
     <t>anexos</t>
   </si>
   <si>
     <t>entidades_participadas</t>
   </si>
   <si>
+    <t>https://gobiernoabierto.diputaciondezamora.es/storage/uploads/176796908020260108_Otros_ingresos%20aplicacion%20presupuestaria%202026.pdf , https://gobiernoabierto.diputaciondezamora.es/storage/uploads/176796907920260108_Otros_ingresos%20capitulo-%20articulo.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.diputaciondezamora.es/storage/uploads/176796908020260108_Otros_RESUMEN%20GASTOS%20ORGANICA%202026.pdf , https://gobiernoabierto.diputaciondezamora.es/storage/uploads/176796907920260108_Otros_resumen%20capitulos%20gastos%202026.pdf</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.diputaciondezamora.es/storage/uploads/176796907920260108_Otros_BASES%20EJECUCION%20DE%20PRESUPUESTOS%202026.pdf</t>
+  </si>
+  <si>
+    <t>[{"enlace":"https:\/\/gobiernoabierto.diputaciondezamora.es\/storage\/uploads\/176796907920260108_Otros_PRESUPUESTO%20CONSOLIDADO%202026.pdf","nombre":"Presupuesto Consolidado"}]</t>
+  </si>
+  <si>
+    <t>103.784.529,08</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25.871.665,06 </t>
+  </si>
+  <si>
+    <t>29.537.097,54</t>
+  </si>
+  <si>
+    <t>40.000,00</t>
+  </si>
+  <si>
+    <t>22.984.020,70</t>
+  </si>
+  <si>
+    <t>400.000,00</t>
+  </si>
+  <si>
+    <t>10.179.168,32</t>
+  </si>
+  <si>
+    <t>14.702.577,46</t>
+  </si>
+  <si>
+    <t>70.000,0</t>
+  </si>
+  <si>
+    <t>3.309.786,96</t>
+  </si>
+  <si>
+    <t>2.743.116,26</t>
+  </si>
+  <si>
+    <t>4.204.439,27</t>
+  </si>
+  <si>
+    <t>87.836.097,59</t>
+  </si>
+  <si>
+    <t>3.248.000,00</t>
+  </si>
+  <si>
+    <t>20.000,00</t>
+  </si>
+  <si>
+    <t>2.353.089,00</t>
+  </si>
+  <si>
+    <t>70.000,00</t>
+  </si>
+  <si>
     <t>https://gobiernoabierto.diputaciondezamora.es/storage/uploads/1716467545Ingresos%202024%20-%20Presupuestos%202024.pdf , https://gobiernoabierto.diputaciondezamora.es/storage/uploads/1716467545Resumen%20Economica%20Ingresos%20-%20Presupuestos%202024.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.diputaciondezamora.es/storage/uploads/1716467545Presupuesto%20Gastos%202024%20-%20Presupuestos%202024.pdf , https://gobiernoabierto.diputaciondezamora.es/storage/uploads/1716467544Presupuesto%20de%20Gastos%20Resumen%20Economica%20-%20Presupuestos%202024.pdf , https://gobiernoabierto.diputaciondezamora.es/storage/uploads/1716467545Presupuesto%20de%20Gastos%20Resumen%20Area%20de%20Gasto%20-%20Presupuestos%202024.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.diputaciondezamora.es/storage/uploads/1716467544Bases%20de%20Ejecucion%20del%20Presupuesto%202024%20-%20Presupuestos%202024.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.diputaciondezamora.es/storage/uploads/1716467545Presupuesto%20Consolidado%202024%20-%20Presupuestos%202024.pdf</t>
   </si>
   <si>
     <t>87826337,97</t>
   </si>
   <si>
     <t>23863853,41</t>
   </si>
   <si>
     <t>29516038,13</t>
   </si>
   <si>
     <t>19514572,75</t>
   </si>
   <si>
     <t>5007964,86</t>
@@ -186,53 +249,50 @@
     <t>https://gobiernoabierto.diputaciondezamora.es/storage/uploads/168112831420230227_3-2%20PRESUPUESTO%20DE%20INGRESOS.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.diputaciondezamora.es/storage/uploads/168112831620230227_2-1-%20ESTADO%20DE%20GASTOS%20RESUMEN%20CAPITULO.pdf , https://gobiernoabierto.diputaciondezamora.es/storage/uploads/168112831520230227_2-4%20ESTADO%20DE%20GASTOS%20PROGRAMA.pdf , https://gobiernoabierto.diputaciondezamora.es/storage/uploads/168112831520230227_2-2%20ESTADO%20DE%20GASTOS%20RESUMEN%20ORGANICA.pdf , https://gobiernoabierto.diputaciondezamora.es/storage/uploads/168112831620230227_2-3%20ESTADO%20DE%20GASTOS%202023.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.diputaciondezamora.es/storage/uploads/168112831420230227_Otros_BEP%202023.pdf</t>
   </si>
   <si>
     <t>[{"enlace":"https:\/\/gobiernoabierto.diputaciondezamora.es\/storage\/uploads\/168112831620230227_ESTADO%20DE%20CONSOLIDACION%20PRESUPUESTO%202023.pdf","nombre":"ESTADO DE CONSOLIDACION PRESUPUESTO 2023"}]</t>
   </si>
   <si>
     <t>82.735.308,53</t>
   </si>
   <si>
     <t>23.226.983,74</t>
   </si>
   <si>
     <t>29.947.996,73</t>
   </si>
   <si>
     <t>50.000,00</t>
   </si>
   <si>
     <t>17.908.614,45</t>
-  </si>
-[...1 lines deleted...]
-    <t>400.000,00</t>
   </si>
   <si>
     <t>2.894.704,60</t>
   </si>
   <si>
     <t>8.217.009,01</t>
   </si>
   <si>
     <t>90.000,00</t>
   </si>
   <si>
     <t xml:space="preserve"> 2.674.980,00</t>
   </si>
   <si>
     <t>3.298.020,00</t>
   </si>
   <si>
     <t>3.944.839,27</t>
   </si>
   <si>
     <t>69.848.943,24</t>
   </si>
   <si>
     <t>58.000,00</t>
   </si>
@@ -660,78 +720,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI4"/>
+  <dimension ref="A1:AI5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AF1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="2"/>
     <col min="2" max="2" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="298" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="308" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="628" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="154" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="179" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="22" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="242" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="159" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="16" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="17" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="15" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="318" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="226" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
@@ -814,292 +874,363 @@
       </c>
       <c r="AC1" s="3" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="3" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="3" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="3" t="s">
         <v>31</v>
       </c>
       <c r="AG1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
       <c r="A2" s="2">
-        <v>163</v>
+        <v>349</v>
       </c>
       <c r="B2">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="F2" t="s">
         <v>35</v>
       </c>
       <c r="G2" t="s">
         <v>36</v>
       </c>
       <c r="I2" t="s">
         <v>37</v>
       </c>
-      <c r="L2" t="s">
+      <c r="K2" t="s">
         <v>38</v>
       </c>
       <c r="M2" t="s">
         <v>39</v>
       </c>
       <c r="N2" t="s">
         <v>40</v>
       </c>
       <c r="O2" t="s">
         <v>41</v>
       </c>
-      <c r="P2">
-        <v>40000</v>
+      <c r="P2" t="s">
+        <v>42</v>
       </c>
       <c r="Q2" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>400000</v>
+        <v>43</v>
+      </c>
+      <c r="R2" t="s">
+        <v>44</v>
       </c>
       <c r="S2" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="T2" t="s">
-        <v>44</v>
-[...11 lines deleted...]
-        <v>3298020</v>
+        <v>46</v>
+      </c>
+      <c r="U2" t="s">
+        <v>47</v>
+      </c>
+      <c r="X2" t="s">
+        <v>48</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>49</v>
       </c>
       <c r="Z2" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-        <v>2148000</v>
+        <v>50</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>51</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>53</v>
       </c>
       <c r="AD2" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>47</v>
+        <v>54</v>
+      </c>
+      <c r="AE2" t="s">
+        <v>55</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" s="2">
-        <v>125</v>
+        <v>163</v>
       </c>
       <c r="B3">
-        <v>2023</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>2024</v>
       </c>
       <c r="F3" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="G3" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="I3" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>58</v>
+      </c>
+      <c r="L3" t="s">
+        <v>59</v>
       </c>
       <c r="M3" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="N3" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="O3" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>62</v>
+      </c>
+      <c r="P3">
+        <v>40000</v>
       </c>
       <c r="Q3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>63</v>
+      </c>
+      <c r="R3">
+        <v>400000</v>
       </c>
       <c r="S3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="T3" t="s">
+        <v>65</v>
+      </c>
+      <c r="U3">
+        <v>90000</v>
+      </c>
+      <c r="W3" t="s">
         <v>60</v>
       </c>
-      <c r="U3" t="s">
-[...12 lines deleted...]
-        <v>63</v>
+      <c r="X3">
+        <v>2674980</v>
+      </c>
+      <c r="Y3">
+        <v>3298020</v>
       </c>
       <c r="Z3" t="s">
-        <v>64</v>
-[...4 lines deleted...]
-      <c r="AB3" t="s">
         <v>66</v>
       </c>
-      <c r="AC3">
-        <v>0</v>
+      <c r="AA3">
+        <v>73649349</v>
+      </c>
+      <c r="AB3">
+        <v>2148000</v>
       </c>
       <c r="AD3" t="s">
         <v>67</v>
       </c>
-      <c r="AE3" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="AE3">
+        <v>90000</v>
+      </c>
+      <c r="AH3" t="s">
+        <v>68</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" s="2">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B4">
-        <v>2022</v>
+        <v>2023</v>
+      </c>
+      <c r="C4" t="s">
+        <v>69</v>
       </c>
       <c r="F4" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="G4" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I4" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="L4" t="s">
         <v>72</v>
       </c>
+      <c r="K4" t="s">
+        <v>73</v>
+      </c>
       <c r="M4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="O4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="Q4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="R4" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="S4" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="T4" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="U4" t="s">
-        <v>61</v>
+        <v>81</v>
       </c>
       <c r="V4">
         <v>0</v>
       </c>
       <c r="W4" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="X4" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="Y4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="Z4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AA4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AB4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AC4">
         <v>0</v>
       </c>
       <c r="AD4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AE4" t="s">
-        <v>61</v>
+        <v>81</v>
       </c>
       <c r="AF4">
         <v>0</v>
       </c>
-      <c r="AH4" t="s">
-[...2 lines deleted...]
-      <c r="AI4" t="s">
+    </row>
+    <row r="5" spans="1:35">
+      <c r="A5" s="2">
+        <v>126</v>
+      </c>
+      <c r="B5">
+        <v>2022</v>
+      </c>
+      <c r="F5" t="s">
         <v>88</v>
+      </c>
+      <c r="G5" t="s">
+        <v>89</v>
+      </c>
+      <c r="H5" t="s">
+        <v>90</v>
+      </c>
+      <c r="I5" t="s">
+        <v>91</v>
+      </c>
+      <c r="L5" t="s">
+        <v>92</v>
+      </c>
+      <c r="M5" t="s">
+        <v>93</v>
+      </c>
+      <c r="N5" t="s">
+        <v>94</v>
+      </c>
+      <c r="O5" t="s">
+        <v>95</v>
+      </c>
+      <c r="P5" t="s">
+        <v>96</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>97</v>
+      </c>
+      <c r="R5" t="s">
+        <v>44</v>
+      </c>
+      <c r="S5" t="s">
+        <v>98</v>
+      </c>
+      <c r="T5" t="s">
+        <v>99</v>
+      </c>
+      <c r="U5" t="s">
+        <v>81</v>
+      </c>
+      <c r="V5">
+        <v>0</v>
+      </c>
+      <c r="W5" t="s">
+        <v>100</v>
+      </c>
+      <c r="X5" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>102</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC5">
+        <v>0</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>106</v>
+      </c>
+      <c r="AE5" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF5">
+        <v>0</v>
+      </c>
+      <c r="AH5" t="s">
+        <v>107</v>
+      </c>
+      <c r="AI5" t="s">
+        <v>108</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">